--- v0 (2025-10-13)
+++ v1 (2026-03-15)
@@ -54,355 +54,355 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Aldori Rengel</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/167/indicacoes01.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/167/indicacoes01.23.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, que denomine o Campeonato Municipal de Futebol de Campo a realizar-se neste ano, de “CHICO RENGEL”.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Jorge Luiz Sardo</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/169/indicacoes02.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/169/indicacoes02.23.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, que denomine o Campeonato Municipal de Futebol de Salão, a realizar-se neste ano, de “DANIEL CAPISTRANO FERREIRA”.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Giani Ferreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/170/indicacoes03.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/170/indicacoes03.23.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, que implante uma lombada física na estrada geral da localidade de Garrafão, defronte a igreja católica.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>LEONIR PEDRO BRAUN</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/179/indicacoes04.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/179/indicacoes04.23.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que conceda insalubridade as Agentes Comunitárias de Saúde, bem como as Agentes de Combate as Endemias, conforme determinação emanada da Constituição Federal (Emenda Constitucional nº 120/2022).</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/181/indicacoes05.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/181/indicacoes05.23.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal, que sejam implantadas placas com a indicação dos nomes das vias públicas do perímetro urbano de nosso Município, bem como, placas de regulamentação de trânsito, e ainda, sejam corrigidas a numeração já existente nos prédios e residências.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/187/indicacoes06.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/187/indicacoes06.23.pdf</t>
   </si>
   <si>
     <t>Sugere ao Executivo Municipal que efetue a correção do grau de inclinação da curva que fica logo após a ponte da Rua Adolfo Melo.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/186/mocoes01.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/186/mocoes01.23.pdf</t>
   </si>
   <si>
     <t>Apela ao Executivo Municipal que adote providências concretas no sentido de minimizar os problemas dos animais de rua de nosso Município, _x000D_
  executando as ações sugeridas na presente Moção</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Vereadores de Imbuia</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Apela ao Poder Executivo Municipal para que adote providências concretas e efetivas quanto a segurança e proteção dos alunos e servidores das unidades de ensino de nosso Município.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFOTF - Comissão de Finanças, Orçamentos, Tributação e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/176/decreto_01.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/176/decreto_01.23.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas do Prefeito Municipal de Imbuia, inerentes ao Exercício de 2021.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/185/decreto_02.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/185/decreto_02.23.pdf</t>
   </si>
   <si>
     <t>corrige monetariamente o valor das diárias do Poder Legislativo, utilizando-se o Índice Nacional de Preços ao Consumidor - INPC.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Lauri Momm</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/172/01.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/172/01.23.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº12, de 2003, que trata da Estrutura, Quadro de Pessoal e o Plano de Carreira dos Servidores Públicos Municipais; Altera a Lei Complementar nº113, de 2021, que cria os empregos públicos de Agente Comunitário de Saúde e Agente de Combate às Endemias; e da outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>Deny Scheidt</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/173/02.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/173/02.23.pdf</t>
   </si>
   <si>
     <t>Dispões sobre os Adicionais de Graduação e de Pós Graduação e dá outras providências.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/174/03.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/174/03.23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os Adicionais de Graduação e de Pós-Graduação do Poder Legislativo e dá outras providências.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>Altera a Lei Complementar nº 125, de 7 de dezembro de 2022, Estatuto dos Servidores públicos Municipais de Imbuia, e dá outras providências.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/192/plc_08.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/192/plc_08.23.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o disposto no art. 15-C da Lei Federal n. 7.498/1986 (Piso Nacional da Enfermagem), aos enfermeiros, técnicos de enfermagem, auxiliar de enfermagem e parteiras fica instituído o direito à percepção de Parcela Variável de Complementação Remuneratória e dá outras providências”.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/193/plano_parte_01_merged_4.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/193/plano_parte_01_merged_4.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Quadro de Pessoal e o Plano de Carreira e Vencimentos da Administração Direta do Poder Executivo Municipal de Imbuia e dá outras providências.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_01-2023_-_.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_01-2023_-_.pdf</t>
   </si>
   <si>
     <t>Dispoe sobre a tabela de preços de prestação de serviços e utilização de equipamentos e da outras providências.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/171/02.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/171/02.23.pdf</t>
   </si>
   <si>
     <t>Concede Revisão Geral anual aos Servidores e empregados públicos municipais, ativos e inativos, do Executivo e Legislativo, inclusive aos Agentes Políticos, conforme estabelece o artigo 37, inciso x, da Constituição Federal e artigo 18-a da Lei Orgânica do Município de Imbuia e dá outras providências.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/175/03.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/175/03.23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua Arcênio Francisco da Silva.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/182/04.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/182/04.23.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a alienar bens móveis inservíveis para a municipalidade e dá outras providências.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/183/05.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/183/05.23.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a anular dotações orçamentárias e a criar crédito especial.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/184/06.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/184/06.23.pdf</t>
   </si>
   <si>
     <t>Institui o Conselhos Tutelare do Município de Imbuia e dá outras providências.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Rua José João Peixe.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/177/01.23.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/177/01.23.pdf</t>
   </si>
   <si>
     <t>Autoriza a participação de Vereadores e Servidores na XXII Marcha dos Legislativos Municipais, a realizar-se entre os dias 25 a 28 de abril de 2023, em Brasília - DF, evento promovido pela União dos Vereadores do Brasil - UVB.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>Autoriza a participação de Vereadores e Servidores no curso Masterclass – Lei Orgânica e Regimento Interno, a realizar-se entre os dias 28 a 31 de março de 2023, em Florianópolis – SC, evento promovido pelo Centro de Estudos da Administração Pública – Ceap Brasil.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>ANTÔNIO TRUPPEL</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/178/01.23_-_antonio.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/178/01.23_-_antonio.pdf</t>
   </si>
   <si>
     <t>Requer que não sejam descontadas as faltas correspondentes às Reuniões Ordinárias dos dias 13 e 15 de fevereiro de 2023, conforme atestado médico.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Requer um relatório contendo informações sobre as despesas realizadas no Exercício de 2022, por credor, referentes a manutenção da frota de veículos e _x000D_
  máquinas da municipalidade.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -716,68 +716,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/167/indicacoes01.23.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/169/indicacoes02.23.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/170/indicacoes03.23.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/179/indicacoes04.23.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/181/indicacoes05.23.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/187/indicacoes06.23.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/186/mocoes01.23.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/176/decreto_01.23.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/185/decreto_02.23.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/172/01.23.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/173/02.23.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/174/03.23.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/192/plc_08.23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/193/plano_parte_01_merged_4.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_01-2023_-_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/171/02.23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/175/03.23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/182/04.23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/183/05.23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/184/06.23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/177/01.23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/178/01.23_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/167/indicacoes01.23.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/169/indicacoes02.23.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/170/indicacoes03.23.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/179/indicacoes04.23.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/181/indicacoes05.23.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/187/indicacoes06.23.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/186/mocoes01.23.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/176/decreto_01.23.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/185/decreto_02.23.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/172/01.23.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/173/02.23.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/174/03.23.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/192/plc_08.23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/193/plano_parte_01_merged_4.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/168/projeto_de_lei_01-2023_-_.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/171/02.23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/175/03.23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/182/04.23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/183/05.23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/184/06.23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/177/01.23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/sapl/public/materialegislativa/2023/178/01.23_-_antonio.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="63.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>