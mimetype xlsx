--- v0 (2025-10-11)
+++ v1 (2026-03-15)
@@ -54,625 +54,625 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>LEONIR PEDRO BRAUN</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXECUTIVO MUNICIPAL, ESTUDOS DE VIABILIDADE QUANTO A LIMPEZA E ALARGAMENTO DO ARROIO BRACATINGA, ARROIO FARIAS, ARROIO GARRAFÃO E RIO IMBUIA, POIS OS PROBLEMAS ESTÃO SENDO CONSTANTES DEVIDO AS SUJEIRAS E TUBOS PEQUENOS NAS PONTES </t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>FRANCISCO ADENIR RODE</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL, ESTUDOS DE VIABILIDADE PARA QUE SEJA DENOMINADO O GINÁSIO DE ESPORTES DA COMUNIDADE DE ALTO RIO ENGANO DE ARCANJO JOAQUIM DA SILVA</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXECUTIVO MUNICIPAL, ESTUDOS DE VIABILIADADE PARA ENCAMINHAMENTO DE UM PROJETO DE LEI VISANDO A DENOMINAÇÃO DOS LOGRADOUROS AINDA NÃO DENOMINADOS EMPLACAMENTO DAS VIAS PÚBLICAS, REESTRUTRAÇÃO DA NUMERÇÃO JÁ EXISTENTE DE PRÉDIOS E RESIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>RADAMÉIS ARNOLD</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXECUTIVO MUNICIPAL, ESTUDOS DE VIABILIDADE PARA QUE SEJA DENOMINADO VEREADOR VOLNEI LUIZ LUTZO GINÁSIO DE ESPORTES DA ESCOLA MUNICIPAL PROFESSORA UMBELINA LORENZI, SITUADA NO BAIRRO JARDIM TARUMÃ. _x000D_
 </t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXECUTIVO MUNICIPAL, ESTUDOS DE VIABILIDADE PARA QUE SEJA DENOMINADO PREFEITO NELSON GUCHERT SCHEIDT A NOVA ESCOLA MUNICIPAL, CONSTRUÍDA NO BAIRRO COPA 94.  _x000D_
 </t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXECUTIVO MUNICIPAL ESTUDOS DE VIABILIDADE PARA A CONSTRUÇÃO DE UMA PRAÇA DE RECRIAÇÃO E LAZER PARA OS MUNÍCIPES IMBUIENSES NO TERRENO AO LADO PRÉDIO DA CÂMARA MUNICIPAL DE VEREADORES._x000D_
 </t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>EDONI JOÃO JUSTEN</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUE AO EXECUTIVO MUNICIPAL ESTUDIOS DE VIABILIDADE PARA QUE SEJAM INSTALADOS REDUTORES DE VELOCIDADE (LOMBADAS FISICAS), NA RUA LIBERTO PEDRO SCHEIDT, NO CENTRO DO MUNICIPIO DE IMBUIA.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL ESTUDOS DE VIABILIDADE PARA QUE SEJA FIXADO CARTAZES ALERTANDO SOBRE OS PERIGOS DA AUTOMEDICAÇÃO EM TODAS AS FARMÁCIAS, DROGARIAS, HOSPITAL E POSTO DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL ESTUDOS DE VIABILIDADE PARA QUE SEJA INSTITUÍDO NO MUNICÍPIO DE IMBUIA A SEMANA DE COMBATE AO CÂNCER DA PRÓSTATA, ANUALMENTE PRIMEIRA SEMANA DE NOVEMBRO.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO EXECUTIVO MUNICIPAL JUNTO A SECRETARIAS DO MUNICÍPIO, ESTUDOS DE VIABILIDADE PARA QUE SEJA COLOCADO ADESIVO COM A BANDEIRA MUNICIPAL E TAMBÉM NUMERADO TODAS AS VIATURAS DA MUNICIPALIDADE, BEM COMO INDICANDO A QUAL SECRETÁRIA FICAM A DISPOSIÇÃO PARA PRESTAÇÃO DE SERVIÇOS. </t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/</t>
   </si>
   <si>
     <t>APROVA A APRESENTAÇÃO DE PROPOSTA DE EMENDA A CONSTITUIÇÃO ESTADUAL, ALTERANDO O INCISO I DO § 2º E O § 3º DO ART. 155 DA CONSTITUIÇÃO DO ESTADO DE SANTA CATARINA, PARA O FIM DE FIXAR PERCENTUAL DE RECURSOS A SER APLICADO EM AÇÕES E SERVIÇOS PÚBLICOS DE SAÚDE E ESTABELECE OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA A LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
     <t>ANTÔNIO OSCAR LAURINDO</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 87 DA LEI ORGÂNICA MUNICIPAL, QUE TRATA DA PUBLICAÇÃO DE ATOS MUNICIPAIS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O ANEXO I DA LEI COMPLEMENTAR Nº 35 DE 21 DE DEZEMBRO DE 2006 (PLANO DE CARREIRA DO MAGISTÉRIO PÚBLICO MUNICIPAL DE IMBUIA) E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>ISMAEL SCHEIDT</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA CARGOS E VALORES DE RECEBIMENTO NO QUADRO DE PESSOAL DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE IMBUIA.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA O NÚMERO DE VAGAS DO CARGO DE ESCRITURÁRIO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O ART. 17-C A LEI COMPLEMENTAR Nº 12, DE 28 DE MAIO  DE 2003, COM A SEGUINTE REDAÇÃO.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 14 A 17 DA LEI COMPLEMENTAR Nº 12, DE MAIO DE 2003.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI NO MUNICIPIO DE IMBUIA OFICIALMENTE A SEMANA DE INCENTIVO AO ALEITAMENTO MATERNO"._x000D_
 </t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE REVISÃO GERAL ANUAL AOS SERVIDORES PÚBLICOS MUNICIPAIS, ATIVOS E INATIVOS, DO EXECUTIVO E LEGISLATIVO, INCLUSIVE AOS AGENTES POLÍTICOS, CONFORME ESTABELECE O ARTIGO 37, INCISO X DA CONSTITUIÇÃO FEDERAL E ARTIGO 18-A DA LEI ORGÂNICA DO MUNICÍPIO DE IMBUIA E DA OUTRAS PROVIDÊNCIAS.   _x000D_
 </t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RATIFICA A RESOLUÇÃO Nº 042 DE 21 DE NOVEMBRO DE 2014, DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DO ALTO VALE DO ITAJAÍ - CIS-AMAVI, QUE ALTERA O CONTRATO DE CONSÓRCIO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE PARÂMETROS DE TRANSIÇÃO PARA FINS DE REGULAMENTAÇÃO DO PROCESSO DE ESCOLHA UNIFICADA DOS CONSELHEIROS TUTELARES NO MUNICIPIO DE IMBUIA E DA OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A CEDER ELETRODOMÉSTICOS, MÁQUINAS DE COSTURA, E DE BORDAR A ASSOCIAÇÕES SEM FINS LUCRATIVOS COM SEDE NO MUNICÍPIO DE IMBUIA E DA OUTRAS PROVIDÊNCIAS  </t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA, A ASSOCIAÇÃO DOS TRANCA TRILHA DA COMUNIDADE DE GARRAFÃO IMBUIA</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>João Schwambach</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE IMBUIA O DIA MUNICIPAL  DO AGRICULTOR E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI A SEMANA DE COMBATE E PREVENÇÃO AO CÂNCER DE PRÓSTATA. </t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO A REALIZAR DESPESAS COM O 53º ANIVERSÁRIO DE EMANCIPAÇÃO POLÍTICO ADMINISTRATIVA DO MUNICÍPIO DE IMBUIA</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR RODEIO INTERESTADUAL E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA O EXECUTIVO MUNICIPAL A ANULAR E SUPLEMENTAR DOTAÇÕES ORÇAMENTÁRIAS E DA OUTRAS PROVIDÊNCIAS&amp;#8221;.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O EXECUTIVO MUNICIPAL A DESAPROPRIAR, POR VIA AMIGÁVEL OU JUDICIAL, ÁREA DE TERRAS DE PROPRIEDADE DO SENHOR SALVINO KAMMERS E SUA ESPOSA EVONE VERMOHLEN KAMMERS. </t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A SUPLEMENTAR DOTAÇÕES ORÇAMENTARIAS E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA ALIENAR BENS MOVEIS INSERVÍVEIS PARA A MUNICIPALIDADE </t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CANCELAR DÉBITOS DOS CONTRIBUINTES, DEVIDO  A SUA PRESCRIÇÃO  E DA OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA À PARTICIPAÇÃO DE VEREADORES E SERVIDORES NO CURSO DE ORGANIZAÇÃO DOS SETORES ADMINISTRATIVOS EM ÓRGÃOS PÚBLICOS - PATRIMONIAIS - ALMOXARIFADO -  REDAÇÃO E INFORMATICA.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>ISMAEL SCHEIDT, EDEGAR RENGEL, EDONI JOÃO JUSTEN, JARMAS MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DE VEREADORES NA MARCHA DOS VEREADORES A BRASILIA.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CONCESSÃO DE LICENÇA PARA O VEREADOR ELIAS EGER  PARA TRATAR DE INTERESSES PARTICULARES. </t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LICENÇA PARA O VEREADOR EDONI JOÃO JUSTEN PARA TRATAR DE INTERESSES PARTICULARES.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LICENÇA PARA O VEREADOR EDEGAR RENGEL PARA TRATAR DE INTERESSES PARTICULARES.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE LICENÇA PARA O VEREADOR ANTÔNIO TRUPPEL PARA TRATAR DE INTERESSES PARTICULARES.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A PARTICIPAÇÃO DE VEREADORES E SERVIDORES NO CURSO DE CAPACITAÇÃO DE VEREADORES, PREFEITOS, VICE-PREFEITOS, SECRETÁRIOS MUNICIPAIS, GESTORES, ASSESSORES E SERVIDORES PÚBLICOS.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDER LICENÇA PARA TRATAR DE INTERESSE PARTICULAR NO PERIODO 01 A 30 DE JUNHO DE 2015, AO VEREADOR EDONI JOÃO JUSTEN  </t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>ELIAS EGER</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDER LICENÇA PARA TRATAR DE INTERESSE PARTICULAR NO PERIODO 01 A 30 DE JUNHO DE 2015, AO VEREADOR ELIAS EGER</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>EDEGAR RENGEL</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDER LICENÇA PARA TRATAR DE INTERESSE PARTICULAR NO PERIODO 01 A 30 DE JUNHO DE 2015, AO VEREADOR EDEGAR RENGEL  </t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>ANTÔNIO TRUPPEL</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDER LICENÇA PARA TRATAR DE INTERESSE PARTICULAR NO PERIODO 01 A 30 DE JUNHO DE 2015, AO VEREADOR ANTÔNIO TRUPPEL  </t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER AO EXECUTIVO MUNICIPAL QUE INFORME A QUANTIDADE DE CHÃOS DE GALPÃO QUE FORA FEITOS, A QUEM FOI FEITO E QUANTO FOI COBRADO.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO PRESIDENTE DA CÂMARA DE VEREADORES DE IMBUIA SENHOR ISMAEL SCHEIDT, QUE ENVIE UM OFICIO AO DEINFRA E A SDR DE ITUPORANGA PARA QUE PRESTEM ESCLARECIMENTOS A ESTA DE LEIS, POR QUAL MOTIVO AS OBRAS DA SC-110 E 350 ESTÃO PARADAS.  </t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CONCEDE LICENÇA PARA TRATAR DE INTERESSE PARTICULAR NO PERÍODO  DE 01 A 31 DE OUTUBRO DE 2015, AO VEREADOR RADAMEIS ARNOLD. </t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>JARMAS MACHADO</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA PARA TRATAR DE INTERESSE PARTICULAR NO PERÍODO  DE 01 A 31 DE OUTUBRO DE 2015, AO VEREADOR JARMAS MACHADO.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA PARA TRATAR DE INTERESSE PARTICULAR NO PERÍODO  DE 01 A 31 DE OUTUBRO DE 2015, AO VEREADOR LEONIR PEDRO BRAUN</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Veto a Projeto de Lei Ordinária.</t>
   </si>
   <si>
-    <t>https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
+    <t>http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf</t>
   </si>
   <si>
     <t>VETAR INTEGRALMENTE O PROJETO DE LEI 01/2015.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -979,68 +979,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/94/94_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/98/98_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/86/86_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/102/102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/108/108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/87/87_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/96/96_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/100/100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/101/101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/104/104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/105/105_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/106/106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/107/107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/109/109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/110/110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/111/111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/81/81_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/89/89_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/90/90_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/91/91_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/92/92_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/93/93_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/82/82_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/83/83_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/84/84_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/85/85_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/95/95_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/97/97_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/112/112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/113/113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/114/114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.imbuia.sc.leg.br/media/./sapl/public/materialegislativa/2015/88/88_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="67" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="91.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="90.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>